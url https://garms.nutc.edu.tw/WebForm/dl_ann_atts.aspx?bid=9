--- v0 (2025-11-18)
+++ v1 (2026-03-04)
@@ -4,88 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\整理（菁）\02.短期場地租借\1.法規、標準等\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A13B9AB3-B8E1-4A8B-877D-0151E2257639}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1748A0BC-E276-4A3B-947D-DFAD6BD3FDA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="工作表1" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="三民校區與民生校區" sheetId="2" r:id="rId2"/>
     <sheet name="電腦教室及視聽教室" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">三民校區與民生校區!$A$1:$K$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">電腦教室及視聽教室!$A$1:$E$47</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">三民校區與民生校區!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="224">
   <si>
     <t>三民校區</t>
   </si>
   <si>
     <t>場地名稱</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>場地費用</t>
   </si>
   <si>
     <t>其他費用</t>
   </si>
   <si>
     <t>保證金</t>
   </si>
   <si>
     <t>管理單位聯絡人</t>
   </si>
   <si>
     <t>現況（相片）</t>
   </si>
   <si>
@@ -261,175 +261,109 @@
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 &lt;備有水電、燈光、空調、投影機&gt;</t>
     </r>
   </si>
   <si>
     <t>7,000元</t>
   </si>
   <si>
     <t>設計學院 馮小姐
 (04)2219-6204</t>
   </si>
   <si>
     <t>http://codesign.nutc.edu.tw/files/13-1018-9663.php</t>
   </si>
   <si>
     <t>180人</t>
   </si>
   <si>
+    <t>10,000元</t>
+  </si>
+  <si>
+    <t>商學院 趙小姐
+(04)2219-6005</t>
+  </si>
+  <si>
+    <t>http://commerce.nutc.edu.tw/files/14-1017-2572,r98-1.php</t>
+  </si>
+  <si>
+    <t xml:space="preserve">中商大樓討論室
+</t>
+  </si>
+  <si>
+    <t>25人</t>
+  </si>
+  <si>
+    <t>4,000元</t>
+  </si>
+  <si>
+    <t>130人</t>
+  </si>
+  <si>
     <r>
-      <t>12,000</t>
+      <t>8,500</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 &lt;備有水電、燈光、空調、投影機&gt;</t>
     </r>
   </si>
   <si>
-    <t>10,000元</t>
-[...84 lines deleted...]
-  <si>
     <t>8,500元</t>
   </si>
   <si>
     <t>中技H301</t>
   </si>
   <si>
     <t>145人</t>
   </si>
   <si>
     <t>2,000元/時段</t>
-  </si>
-[...1 lines deleted...]
-    <t>音樂廳</t>
   </si>
   <si>
     <t>600人</t>
   </si>
   <si>
     <t>20,000/時段 (含水電費)</t>
   </si>
   <si>
     <t>(假日不外借、舞台音響燈光設備自備)</t>
   </si>
   <si>
     <t>20,000元</t>
   </si>
   <si>
     <t>女生宿舍1樓大廳</t>
   </si>
   <si>
     <t>1.1,000元/時段。2.得按實際使用面積核算場地費，最小面積以1/2計，最低收500元/時段。</t>
   </si>
   <si>
     <t>1.保證金:1,000元。                       2.使用面積1/2，保證金500元。</t>
   </si>
   <si>
     <t xml:space="preserve">田徑場
 </t>
@@ -654,451 +588,422 @@
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>6,000元</t>
   </si>
   <si>
     <t xml:space="preserve">電腦教室
 </t>
   </si>
   <si>
     <t>詳另工作表</t>
   </si>
   <si>
+    <t xml:space="preserve">視聽教室
+</t>
+  </si>
+  <si>
+    <t>1.50人以下：2,500元/時段
+2.51人以上：4,000元/時段
+&lt;備有水電、燈光、空調、投影機&gt;</t>
+  </si>
+  <si>
+    <t>3,000元</t>
+  </si>
+  <si>
+    <t xml:space="preserve">中正8樓國際會議廳
+</t>
+  </si>
+  <si>
+    <t>160人</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3401會議室
+</t>
+  </si>
+  <si>
+    <t>35人</t>
+  </si>
+  <si>
+    <t>3409演講廳</t>
+  </si>
+  <si>
+    <t>53人</t>
+  </si>
+  <si>
     <r>
-      <t>6,400</t>
+      <t>3,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-&lt;備有水電、燈光、空調&gt;</t>
+&lt;備有水電、燈光、空調、投影機&gt;</t>
     </r>
   </si>
   <si>
-    <t>6,400元</t>
-[...31 lines deleted...]
-    <t>53人</t>
+    <t>1403視聽教室</t>
+  </si>
+  <si>
+    <t>98人</t>
   </si>
   <si>
     <r>
-      <t>3,000</t>
+      <t>5,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 &lt;備有水電、燈光、空調、投影機&gt;</t>
     </r>
   </si>
   <si>
-    <t>1403視聽教室</t>
-[...2 lines deleted...]
-    <t>98人</t>
+    <t>5,000元</t>
+  </si>
+  <si>
+    <t>中商大樓6樓統計諮詢中心</t>
+  </si>
+  <si>
+    <t>民生校區</t>
+  </si>
+  <si>
+    <t>場地代碼</t>
+  </si>
+  <si>
+    <t>300人</t>
   </si>
   <si>
     <r>
-      <t>5,000</t>
+      <t>10,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-&lt;備有水電、燈光、空調、投影機&gt;</t>
+&lt;備有水電、燈光&gt;</t>
     </r>
   </si>
   <si>
-    <t>5,000元</t>
-[...11 lines deleted...]
-    <t>300人</t>
+    <t>空調使用以500元/小時計</t>
+  </si>
+  <si>
+    <t>總務組賴小姐
+(04)2219-5494</t>
+  </si>
+  <si>
+    <t xml:space="preserve">誠敬樓2F多媒體教室
+</t>
+  </si>
+  <si>
+    <t>80人</t>
   </si>
   <si>
     <r>
-      <t>10,000</t>
+      <t>6,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-&lt;備有水電、燈光&gt;</t>
+&lt;備有水電、燈光、空調&gt;</t>
     </r>
   </si>
   <si>
-    <t>空調使用以500元/小時計</t>
-[...6 lines deleted...]
-    <t xml:space="preserve">誠敬樓2F多媒體教室
+    <t>空調核實計價，借用單位自行購買冷氣卡</t>
+  </si>
+  <si>
+    <t xml:space="preserve">誠敬樓3F語言教室
 </t>
   </si>
   <si>
-    <t>80人</t>
+    <t>100人</t>
+  </si>
+  <si>
+    <t xml:space="preserve">數位自學中心
+</t>
+  </si>
+  <si>
+    <t>美容系黃小姐
+(04)2219-5893</t>
+  </si>
+  <si>
+    <t>http://cosmetic.nutc.edu.tw/files/13-1023-2543.php</t>
+  </si>
+  <si>
+    <t xml:space="preserve">整體造型教室
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">美體/芳療教室
+</t>
   </si>
   <si>
     <r>
-      <t>6,000</t>
+      <t>9,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 &lt;備有水電、燈光、空調&gt;</t>
     </r>
   </si>
   <si>
-    <t>空調核實計價，借用單位自行購買冷氣卡</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">誠敬樓3F語言教室
+    <t>9,000元</t>
+  </si>
+  <si>
+    <t xml:space="preserve">哈佛個案教室
 </t>
   </si>
   <si>
-    <t>100人</t>
-[...18 lines deleted...]
-</t>
+    <t>48人</t>
   </si>
   <si>
     <r>
-      <t>9,000</t>
+      <t>8,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 &lt;備有水電、燈光、空調&gt;</t>
     </r>
   </si>
   <si>
-    <t>9,000元</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">哈佛個案教室
+    <t>8,000元</t>
+  </si>
+  <si>
+    <t xml:space="preserve">誠敬樓2F會議室
 </t>
   </si>
   <si>
-    <t>48人</t>
+    <t>40人</t>
+  </si>
+  <si>
+    <t xml:space="preserve">普通教室(學期中不外借)
+</t>
   </si>
   <si>
     <r>
-      <t>8,000</t>
+      <t>1,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-&lt;備有水電、燈光、空調&gt;</t>
+&lt;備有水電、燈光、投影機&gt;</t>
     </r>
   </si>
   <si>
-    <t>8,000元</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">誠敬樓2F會議室
+    <t>籃球場</t>
+  </si>
+  <si>
+    <t>體育室黃先生
+(04)2219-5582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">穿堂
 </t>
   </si>
   <si>
-    <t>40人</t>
-[...5 lines deleted...]
-  <si>
     <r>
-      <t>1,000</t>
+      <t>1,500</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-&lt;備有水電、燈光、投影機&gt;</t>
+</t>
     </r>
   </si>
   <si>
-    <t>籃球場</t>
-[...6 lines deleted...]
-    <t xml:space="preserve">穿堂
+    <t>1,500元</t>
+  </si>
+  <si>
+    <t xml:space="preserve">校園廣場
 </t>
   </si>
   <si>
     <r>
-      <t>1,500</t>
+      <t>3,500</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t>1,500元</t>
-[...31 lines deleted...]
-  <si>
     <r>
       <t>夜間燈光：</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>2,500</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元</t>
     </r>
   </si>
@@ -1212,56 +1117,50 @@
   <si>
     <t>視聽教室</t>
   </si>
   <si>
     <t>資訊館8樓</t>
   </si>
   <si>
     <t>資訊與流通學院汪小姐(04)2219-6303</t>
   </si>
   <si>
     <t>H401</t>
   </si>
   <si>
     <t>電腦教室</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>800元/時段</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>500元/時段</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
-    <t>課外活動指導組 
-[...4 lines deleted...]
-  <si>
     <t>中護健康學院
 林小姐
 (04)2219-5875</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>語文學院林小姐
 (04)2219-6400</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>應用英語系林小姐
 (04)2219-6410</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>資訊管理系黃先生
 (04)2219-6391</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>中護健康學院
 林小姐
 (04)2219-5875</t>
     <phoneticPr fontId="14" type="noConversion"/>
@@ -1410,166 +1309,290 @@
       <rPr>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>元/時段
 &lt;備有水電、燈光、空調、投影機&gt;</t>
     </r>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>使用互動電子白板，加收500元使用費及保證金1,000元。</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>20人</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <t>中商大樓國際會議廳</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
+    <t xml:space="preserve">禮堂
+</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>推廣部 陳小姐
+(04)2219-5566</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>事務組 黃小姐                  (04)2219-5317</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>事務組 黃小姐(04)2219-5317</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>事務組 柯小姐
+(04)2219-5325</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>休閒系 楊小姐
+(04)2219-6513</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.全館使用：13,000元/4小時&lt;備有水電、燈光、空調&gt;
+2.全館使用：11,000元/4小時&lt;備有水電、燈光&gt;</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">13,000元
+11,000元
+</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">A101體育館
+</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>圖書館 高小姐
+(04)2219-5468</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
     <r>
-      <t>中技大樓2F多媒體會議室</t>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>15,000</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FF000000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>元</t>
+    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="13"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>15,000</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FF000000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>元/時段
+&lt;備有水電、燈光、空調、投影機&gt;</t>
+    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="13"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>5,000</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FF000000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t xml:space="preserve">元/時段
+&lt;備有水電、燈光、空調、投影機&gt;
+</t>
+    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>5,000</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color rgb="FF000000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>元</t>
+    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">6,400元
+</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
-      <t>H201</t>
+      <t>（7601、7602、7605、7606電腦教室為8,000元/時段）</t>
+    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">中技大樓2F多媒體會議室H201
+</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t>6,400</t>
     </r>
     <r>
       <rPr>
+        <sz val="13"/>
+        <color rgb="FF000000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>元/時段
+&lt;備有水電、燈光、空調&gt;</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
         <sz val="13"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
 </t>
-    </r>
-[...9 lines deleted...]
-      <t>總務組</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
-      <t>江小姐</t>
+      <t>（另7601、7602、7605、7606電腦教室為</t>
     </r>
     <r>
       <rPr>
+        <u/>
         <sz val="13"/>
-        <color rgb="FF000000"/>
+        <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
-      <t xml:space="preserve">
-[...29 lines deleted...]
-      <t>圖書館</t>
+      <t>8,000</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
-      <t xml:space="preserve"> 高小姐</t>
+      <t>元/時段）</t>
     </r>
-    <r>
-[...19 lines deleted...]
-    </r>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>總務組江小姐
+(04)2219-5494</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>音樂廳9101</t>
+    <phoneticPr fontId="14" type="noConversion"/>
+  </si>
+  <si>
+    <t>課外活動指導組 
+莊先生
+(04)2219-5226</t>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">國立臺中科技大學場地借用收費標準表
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">104.11.10 104學年度第1學期第1次校務基金管理委員會審議通過
 </t>
@@ -1601,51 +1624,71 @@
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">113.01.09 112學年度第1學期第3次校務基金管理委員會審議通過
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>113.09.24 113學年度第1學期第1次校務基金管理委員會審議通過</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">
-114.09.30 114學年度第1學期第1次校務基金管理委員會審議通過
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t>114.09.30 114學年度第1學期第1次校務基金管理委員會審議通過</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="新細明體"/>
+        <family val="1"/>
+        <charset val="136"/>
+      </rPr>
+      <t xml:space="preserve">
+115.01.06 114學年度第1學期第3次校務基金管理委員會審議通過
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>一、本標準表依場地提供使用之管理與使用規則第二點訂定之。
 二、本校場地設備收費標準，除另有規定外應依本收費標準表收費；借用未訂有收費標準之場地設備者，比照本標準表相同或類似場地設備標準收費。
 三、場地借用收費除本表另有備註外皆以4小時為1個時段單位；時段分為：8〜12時、13時〜17時、18時〜22時，不足4小時以4小時計。
 四、借用8時〜17時或13時〜22時，以2個時段計費；借用8時〜22時以3個時段計費，跨時借用（例如借用10時〜15時）以2個時段計費。
 五、逾借用時段每小時以各該場地每時段之25%加收費用，不足1小時以1小時計，但借用8時〜17時或13時〜22時，需於12時〜13時或17時〜18時另借用其他場 地用餐者，得經該用餐場地管理單位同意，免予收費。
 六、非上班時間借用場地除依上述標準收費外，需加收管理人員工作費，其標準如下：
 （一）</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
@@ -1665,75 +1708,59 @@
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>（二）借用2個場地以上者，視實際需用場地管理人數，另核算加收管理人員工作費用。
 （三）所稱非上班時間係指：國定假日全天、例假日全天、平日18時至22時。
 七、場地連續借用規定：
 同一性質且收費標準相同（各大樓穿堂除外）之場地，連續借用10個時段、1年內借用達10個時段或同時借用相同性質2個場地以上，其借用總時段數達10個時段（不包含逾時借用）以上者，除非上班時間借用場地所加收之本校管理人員工作費不予優惠外，自第11個時段起得按該場地收費標準90％收費，以後每借用滿10個時段得優惠10％，最高以優惠50％為限。
 八、停車相關規定：
 （一）各單位（人）借用本校場地辦理活動時，應明確告知參加人員需自行覓地停車，如停放於本校停車場者，應依本校「車輛收費要點」規定收取停車費。
 （二）借用本校場地停車收費如有特殊情形，需以專案方式處理核定費用。
 九、本校三民校區體育室管理之場地，除韻律教室外，僅開放寒暑假及例假日外借。
 十、各場地借用單位（人）務必於活動前3天填具本校「場地外借使用申請表及切結書」並至本校總務處出納組繳交場地費及保證金（請索取繳費發票及收據）以完成借用手續，未於規定時間完成借用手續者，該場地得由其他單位（人）申請借用（未繳交場地費及保證金視為未完成借用程序）。
 十一、已完成借用手續者，除天災或本校特殊原因以致不能使用所借用場地者，得視場地借用情形作延期預留場次外，其餘不作延期預留。
 已完成借用手續，因故未使用所借用場地者，除保證金全數無息退還外，其已繳納之場地費依下列方式處理：
 (一) 因借用單位(人)自身原因，於場地使用日前通知本校者，退還已繳場地費80%；於場地使用當日(含)以後通知本校者，全數不予退還。
 (二) 因天災或本校特殊原因未使用所借用場地者，全數無息退還。</t>
     </r>
     <phoneticPr fontId="14" type="noConversion"/>
   </si>
-  <si>
-[...14 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0;[Red]#,##0"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF0563C1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1908,50 +1935,65 @@
       <sz val="14"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="13"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
+    <font>
+      <u/>
+      <sz val="13"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <family val="1"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="新細明體"/>
+      <family val="1"/>
+      <charset val="136"/>
+    </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor rgb="FFDDDDDD"/>
       </patternFill>
@@ -2468,51 +2510,51 @@
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="1" applyNumberFormat="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="18" fillId="10" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -2670,148 +2712,154 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="19">
     <cellStyle name="Accent" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Accent 1" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Accent 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Accent 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Bad" xfId="6" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Error" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Excel Built-in Hyperlink" xfId="8" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Footnote" xfId="9" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Good" xfId="10" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Heading (user)" xfId="11" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Heading 1" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Heading 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Neutral" xfId="14" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Note" xfId="15" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Status" xfId="16" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Text" xfId="17" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Warning" xfId="18" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="一般" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="超連結" xfId="1" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
@@ -5152,114 +5200,114 @@
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1023" width="8" customWidth="1"/>
     <col min="1024" max="1024" width="9" customWidth="1"/>
     <col min="1025" max="1025" width="8" customWidth="1"/>
   </cols>
   <sheetData/>
   <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="1.1437007874015752" bottom="1.1437007874015752" header="0.75000000000000011" footer="0.75000000000000011"/>
   <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:AMK1048576"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A3" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:C8"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection sqref="A1:K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.75" customWidth="1"/>
     <col min="2" max="2" width="8.75" style="1" customWidth="1"/>
     <col min="3" max="3" width="14.25" style="50" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="34.875" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.625" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.25" style="51" customWidth="1"/>
     <col min="8" max="8" width="20" style="52" customWidth="1"/>
     <col min="9" max="9" width="25.875" style="1" customWidth="1"/>
     <col min="10" max="10" width="25.125" style="1" customWidth="1"/>
     <col min="11" max="11" width="12.75" style="1" customWidth="1"/>
     <col min="12" max="1024" width="8.5" style="1" customWidth="1"/>
     <col min="1025" max="1025" width="9" style="1" customWidth="1"/>
     <col min="1026" max="1026" width="8" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1025" ht="408.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="87" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="87"/>
+      <c r="A1" s="77" t="s">
+        <v>223</v>
+      </c>
+      <c r="B1" s="77"/>
+      <c r="C1" s="77"/>
+      <c r="D1" s="77"/>
+      <c r="E1" s="77"/>
+      <c r="F1" s="77"/>
+      <c r="G1" s="77"/>
+      <c r="H1" s="77"/>
+      <c r="I1" s="77"/>
+      <c r="J1" s="77"/>
+      <c r="K1" s="77"/>
     </row>
     <row r="2" spans="1:1025" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="87"/>
-[...9 lines deleted...]
-      <c r="K2" s="87"/>
+      <c r="A2" s="77"/>
+      <c r="B2" s="77"/>
+      <c r="C2" s="77"/>
+      <c r="D2" s="77"/>
+      <c r="E2" s="77"/>
+      <c r="F2" s="77"/>
+      <c r="G2" s="77"/>
+      <c r="H2" s="77"/>
+      <c r="I2" s="77"/>
+      <c r="J2" s="77"/>
+      <c r="K2" s="77"/>
     </row>
     <row r="3" spans="1:1025" s="3" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="88" t="s">
+      <c r="A3" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="88"/>
-[...8 lines deleted...]
-      <c r="K3" s="88"/>
+      <c r="B3" s="78"/>
+      <c r="C3" s="78"/>
+      <c r="D3" s="78"/>
+      <c r="E3" s="78"/>
+      <c r="F3" s="78"/>
+      <c r="G3" s="78"/>
+      <c r="H3" s="78"/>
+      <c r="I3" s="78"/>
+      <c r="J3" s="78"/>
+      <c r="K3" s="78"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
       <c r="AC3" s="2"/>
       <c r="AD3" s="2"/>
       <c r="AE3" s="2"/>
       <c r="AF3" s="2"/>
       <c r="AG3" s="2"/>
       <c r="AH3" s="2"/>
       <c r="AI3" s="2"/>
       <c r="AJ3" s="2"/>
@@ -6232,1337 +6280,1337 @@
       <c r="ALO3" s="2"/>
       <c r="ALP3" s="2"/>
       <c r="ALQ3" s="2"/>
       <c r="ALR3" s="2"/>
       <c r="ALS3" s="2"/>
       <c r="ALT3" s="2"/>
       <c r="ALU3" s="2"/>
       <c r="ALV3" s="2"/>
       <c r="ALW3" s="2"/>
       <c r="ALX3" s="2"/>
       <c r="ALY3" s="2"/>
       <c r="ALZ3" s="2"/>
       <c r="AMA3" s="2"/>
       <c r="AMB3" s="2"/>
       <c r="AMC3" s="2"/>
       <c r="AMD3" s="2"/>
       <c r="AME3" s="2"/>
       <c r="AMF3" s="2"/>
       <c r="AMG3" s="2"/>
       <c r="AMH3" s="2"/>
       <c r="AMI3" s="2"/>
       <c r="AMJ3" s="2"/>
       <c r="AMK3" s="2"/>
     </row>
     <row r="4" spans="1:1025" s="6" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="89" t="s">
+      <c r="A4" s="79" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="89"/>
-      <c r="C4" s="89"/>
+      <c r="B4" s="79"/>
+      <c r="C4" s="79"/>
       <c r="D4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="I4" s="76" t="s">
+      <c r="I4" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="76"/>
-      <c r="K4" s="76"/>
+      <c r="J4" s="80"/>
+      <c r="K4" s="80"/>
     </row>
     <row r="5" spans="1:1025" ht="90" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="90" t="s">
+      <c r="A5" s="81" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="91"/>
+      <c r="B5" s="82"/>
       <c r="C5" s="7" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D5" s="77" t="s">
+        <v>173</v>
+      </c>
+      <c r="D5" s="93" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="8" t="s">
-        <v>180</v>
-[...10 lines deleted...]
-      <c r="K5" s="84"/>
+        <v>174</v>
+      </c>
+      <c r="F5" s="87" t="s">
+        <v>178</v>
+      </c>
+      <c r="G5" s="88"/>
+      <c r="H5" s="93" t="s">
+        <v>205</v>
+      </c>
+      <c r="I5" s="70"/>
+      <c r="J5" s="70"/>
+      <c r="K5" s="73"/>
     </row>
     <row r="6" spans="1:1025" ht="90" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="92"/>
-      <c r="B6" s="93"/>
+      <c r="A6" s="83"/>
+      <c r="B6" s="84"/>
       <c r="C6" s="7" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D6" s="78"/>
+        <v>176</v>
+      </c>
+      <c r="D6" s="94"/>
       <c r="E6" s="8" t="s">
-        <v>170</v>
-[...6 lines deleted...]
-      <c r="K6" s="85"/>
+        <v>165</v>
+      </c>
+      <c r="F6" s="89"/>
+      <c r="G6" s="90"/>
+      <c r="H6" s="94"/>
+      <c r="I6" s="71"/>
+      <c r="J6" s="71"/>
+      <c r="K6" s="74"/>
     </row>
     <row r="7" spans="1:1025" ht="90" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="94"/>
-      <c r="B7" s="95"/>
+      <c r="A7" s="85"/>
+      <c r="B7" s="86"/>
       <c r="C7" s="60" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D7" s="79"/>
+        <v>175</v>
+      </c>
+      <c r="D7" s="95"/>
       <c r="E7" s="8" t="s">
-        <v>171</v>
-[...6 lines deleted...]
-      <c r="K7" s="86"/>
+        <v>166</v>
+      </c>
+      <c r="F7" s="91"/>
+      <c r="G7" s="92"/>
+      <c r="H7" s="95"/>
+      <c r="I7" s="72"/>
+      <c r="J7" s="72"/>
+      <c r="K7" s="75"/>
     </row>
     <row r="8" spans="1:1025" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="71" t="s">
+      <c r="A8" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="71"/>
-      <c r="C8" s="71"/>
+      <c r="B8" s="76"/>
+      <c r="C8" s="76"/>
       <c r="D8" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="61" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="10"/>
     </row>
     <row r="9" spans="1:1025" ht="129.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="71" t="s">
+      <c r="A9" s="76" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="71"/>
-      <c r="C9" s="71"/>
+      <c r="B9" s="76"/>
+      <c r="C9" s="76"/>
       <c r="D9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="17" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="7" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="10"/>
     </row>
     <row r="10" spans="1:1025" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="71" t="s">
+      <c r="A10" s="76" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="71"/>
-      <c r="C10" s="71"/>
+      <c r="B10" s="76"/>
+      <c r="C10" s="76"/>
       <c r="D10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="17" t="s">
         <v>21</v>
       </c>
       <c r="H10" s="7" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="18"/>
       <c r="K10" s="19"/>
     </row>
     <row r="11" spans="1:1025" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="71" t="s">
+      <c r="A11" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="71"/>
-      <c r="C11" s="71"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
       <c r="D11" s="15" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="16" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="H11" s="7" t="s">
-        <v>217</v>
+      <c r="H11" s="68" t="s">
+        <v>212</v>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="10"/>
     </row>
     <row r="12" spans="1:1025" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="71" t="s">
+      <c r="A12" s="76" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="71"/>
-      <c r="C12" s="71"/>
+      <c r="B12" s="76"/>
+      <c r="C12" s="76"/>
       <c r="D12" s="11" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="12" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="61" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="20" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="18"/>
       <c r="K12" s="19"/>
     </row>
     <row r="13" spans="1:1025" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C13" s="71"/>
+      <c r="A13" s="76" t="s">
+        <v>202</v>
+      </c>
+      <c r="B13" s="76"/>
+      <c r="C13" s="76"/>
       <c r="D13" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="16" t="s">
-        <v>33</v>
+        <v>214</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="H13" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="H13" s="7" t="s">
+      <c r="I13" s="21" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J13" s="22"/>
       <c r="K13" s="23"/>
     </row>
     <row r="14" spans="1:1025" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="71" t="s">
+      <c r="A14" s="76" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="76"/>
+      <c r="C14" s="76"/>
+      <c r="D14" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="B14" s="71"/>
-[...3 lines deleted...]
-      </c>
       <c r="E14" s="16" t="s">
-        <v>39</v>
+        <v>215</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="H14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="I14" s="21" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J14" s="18"/>
       <c r="K14" s="19"/>
     </row>
     <row r="15" spans="1:1025" ht="121.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="71"/>
+      <c r="A15" s="96" t="s">
+        <v>218</v>
+      </c>
+      <c r="B15" s="96"/>
+      <c r="C15" s="96"/>
       <c r="D15" s="15" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E15" s="16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H15" s="68" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="10"/>
     </row>
     <row r="16" spans="1:1025" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="71" t="s">
+      <c r="A16" s="76" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="76"/>
+      <c r="C16" s="76"/>
+      <c r="D16" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="16" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="71"/>
-[...10 lines deleted...]
-      <c r="G16" s="80"/>
+      <c r="F16" s="97" t="s">
+        <v>186</v>
+      </c>
+      <c r="G16" s="97"/>
       <c r="H16" s="7" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="J16" s="9"/>
       <c r="K16" s="10"/>
     </row>
     <row r="17" spans="1:11" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="71" t="s">
+      <c r="A17" s="76" t="s">
+        <v>221</v>
+      </c>
+      <c r="B17" s="76"/>
+      <c r="C17" s="76"/>
+      <c r="D17" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="B17" s="71"/>
-[...1 lines deleted...]
-      <c r="D17" s="15" t="s">
+      <c r="G17" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="E17" s="16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H17" s="7" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="10"/>
     </row>
     <row r="18" spans="1:11" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C18" s="71"/>
+      <c r="A18" s="76" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="76"/>
+      <c r="C18" s="76"/>
       <c r="D18" s="15"/>
       <c r="E18" s="8" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F18" s="8"/>
       <c r="G18" s="17" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H18" s="7" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="10"/>
     </row>
     <row r="19" spans="1:11" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="71" t="s">
+      <c r="A19" s="76" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="76"/>
+      <c r="C19" s="76"/>
+      <c r="D19" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>55</v>
-      </c>
-[...15 lines deleted...]
-        <v>58</v>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
       <c r="K19" s="10"/>
     </row>
     <row r="20" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="71" t="s">
+      <c r="A20" s="76" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="76"/>
+      <c r="C20" s="76"/>
+      <c r="D20" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" s="13" t="s">
         <v>59</v>
-      </c>
-[...9 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="H20" s="61" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="18"/>
       <c r="K20" s="19"/>
     </row>
     <row r="21" spans="1:11" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C21" s="71"/>
+      <c r="A21" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="76"/>
+      <c r="C21" s="76"/>
       <c r="D21" s="15" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E21" s="16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G21" s="17" t="s">
         <v>21</v>
       </c>
       <c r="H21" s="7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I21" s="22"/>
       <c r="J21" s="22"/>
       <c r="K21" s="23"/>
     </row>
     <row r="22" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C22" s="71"/>
+      <c r="A22" s="76" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="76"/>
+      <c r="C22" s="76"/>
       <c r="D22" s="25" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F22" s="26" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G22" s="14" t="s">
         <v>21</v>
       </c>
       <c r="H22" s="61" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I22" s="18"/>
       <c r="J22" s="18"/>
       <c r="K22" s="19"/>
     </row>
     <row r="23" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C23" s="71"/>
+      <c r="A23" s="76" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="76"/>
+      <c r="C23" s="76"/>
       <c r="D23" s="27" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E23" s="16" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F23" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="17" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I23" s="29"/>
       <c r="J23" s="29"/>
       <c r="K23" s="10"/>
     </row>
     <row r="24" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C24" s="71"/>
+      <c r="A24" s="76" t="s">
+        <v>211</v>
+      </c>
+      <c r="B24" s="76"/>
+      <c r="C24" s="76"/>
       <c r="D24" s="30" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="F24" s="28" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="G24" s="17" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="H24" s="62" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="31"/>
     </row>
     <row r="25" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C25" s="71"/>
+      <c r="A25" s="76" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="76"/>
+      <c r="C25" s="76"/>
       <c r="D25" s="25" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F25" s="26" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G25" s="14" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="H25" s="61" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I25" s="32"/>
       <c r="J25" s="18"/>
       <c r="K25" s="33"/>
     </row>
     <row r="26" spans="1:11" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C26" s="71"/>
+      <c r="A26" s="76" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26" s="76"/>
+      <c r="C26" s="76"/>
       <c r="D26" s="30" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E26" s="16" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F26" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H26" s="7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="J26" s="9"/>
       <c r="K26" s="34"/>
     </row>
     <row r="27" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C27" s="71"/>
+      <c r="A27" s="76" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="76"/>
+      <c r="C27" s="76"/>
       <c r="D27" s="67" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E27" s="16" t="s">
-        <v>80</v>
+        <v>219</v>
       </c>
       <c r="F27" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="17" t="s">
-        <v>81</v>
+        <v>217</v>
       </c>
       <c r="H27" s="63" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="35"/>
     </row>
     <row r="28" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C28" s="71"/>
+      <c r="A28" s="76" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" s="76"/>
+      <c r="C28" s="76"/>
       <c r="D28" s="67" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="F28" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="17" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="H28" s="63" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="31"/>
     </row>
     <row r="29" spans="1:11" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C29" s="71"/>
+      <c r="A29" s="76" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="76"/>
+      <c r="C29" s="76"/>
       <c r="D29" s="30" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="E29" s="16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F29" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H29" s="62" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="31"/>
     </row>
     <row r="30" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C30" s="71"/>
+      <c r="A30" s="76" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="76"/>
+      <c r="C30" s="76"/>
       <c r="D30" s="25" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>20</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="14" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="61" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="I30" s="36"/>
       <c r="J30" s="36"/>
       <c r="K30" s="19"/>
     </row>
     <row r="31" spans="1:11" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C31" s="71"/>
+      <c r="A31" s="76" t="s">
+        <v>84</v>
+      </c>
+      <c r="B31" s="76"/>
+      <c r="C31" s="76"/>
       <c r="D31" s="11" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="E31" s="12" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="14" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="H31" s="61" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="I31" s="37"/>
       <c r="J31" s="37"/>
       <c r="K31" s="38"/>
     </row>
     <row r="32" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C32" s="71"/>
+      <c r="A32" s="76" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="76"/>
+      <c r="C32" s="76"/>
       <c r="D32" s="15" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E32" s="16" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="17" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="K32" s="39"/>
     </row>
     <row r="33" spans="1:11" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="73" t="s">
-[...3 lines deleted...]
-      <c r="C33" s="73"/>
+      <c r="A33" s="98" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" s="98"/>
+      <c r="C33" s="98"/>
       <c r="D33" s="40" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="E33" s="41" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="F33" s="42" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="G33" s="43" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="H33" s="64" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="9"/>
       <c r="K33" s="10"/>
     </row>
     <row r="34" spans="1:11" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="73" t="s">
-[...3 lines deleted...]
-      <c r="C34" s="73"/>
+      <c r="A34" s="98" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" s="98"/>
+      <c r="C34" s="98"/>
       <c r="D34" s="40" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="E34" s="41" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="F34" s="42" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="G34" s="43" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="H34" s="64" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="9"/>
       <c r="K34" s="10"/>
     </row>
     <row r="35" spans="1:11" ht="129.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="73" t="s">
-[...3 lines deleted...]
-      <c r="C35" s="73"/>
+      <c r="A35" s="98" t="s">
+        <v>194</v>
+      </c>
+      <c r="B35" s="98"/>
+      <c r="C35" s="98"/>
       <c r="D35" s="40" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="E35" s="41" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="F35" s="42" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="G35" s="43" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="H35" s="64" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="10"/>
     </row>
     <row r="36" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="74" t="s">
-[...11 lines deleted...]
-      <c r="K36" s="74"/>
+      <c r="A36" s="99" t="s">
+        <v>92</v>
+      </c>
+      <c r="B36" s="99"/>
+      <c r="C36" s="99"/>
+      <c r="D36" s="99"/>
+      <c r="E36" s="99"/>
+      <c r="F36" s="99"/>
+      <c r="G36" s="99"/>
+      <c r="H36" s="99"/>
+      <c r="I36" s="99"/>
+      <c r="J36" s="99"/>
+      <c r="K36" s="99"/>
     </row>
     <row r="37" spans="1:11" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="44" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B37" s="75" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" s="100" t="s">
         <v>1</v>
       </c>
-      <c r="C37" s="75"/>
+      <c r="C37" s="100"/>
       <c r="D37" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="I37" s="76" t="s">
+      <c r="I37" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="J37" s="76"/>
-      <c r="K37" s="76"/>
+      <c r="J37" s="80"/>
+      <c r="K37" s="80"/>
     </row>
     <row r="38" spans="1:11" s="46" customFormat="1" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C38" s="71"/>
+      <c r="A38" s="76" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" s="76"/>
+      <c r="C38" s="76"/>
       <c r="D38" s="45" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="E38" s="16" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="G38" s="17" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>33</v>
+      </c>
+      <c r="H38" s="69" t="s">
+        <v>220</v>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="9"/>
       <c r="K38" s="10"/>
     </row>
     <row r="39" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C39" s="71"/>
+      <c r="A39" s="76" t="s">
+        <v>98</v>
+      </c>
+      <c r="B39" s="76"/>
+      <c r="C39" s="76"/>
       <c r="D39" s="45" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E39" s="16" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G39" s="17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="9"/>
       <c r="K39" s="10"/>
     </row>
     <row r="40" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C40" s="71"/>
+      <c r="A40" s="76" t="s">
+        <v>102</v>
+      </c>
+      <c r="B40" s="76"/>
+      <c r="C40" s="76"/>
       <c r="D40" s="45" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="E40" s="16" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G40" s="17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="I40" s="47"/>
       <c r="J40" s="9"/>
       <c r="K40" s="10"/>
     </row>
     <row r="41" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C41" s="71"/>
+      <c r="A41" s="76" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" s="76"/>
+      <c r="C41" s="76"/>
       <c r="D41" s="45" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="G41" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="H41" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="F41" s="8" t="s">
+      <c r="I41" s="48" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J41" s="9"/>
       <c r="K41" s="10"/>
     </row>
     <row r="42" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C42" s="71"/>
+      <c r="A42" s="76" t="s">
+        <v>107</v>
+      </c>
+      <c r="B42" s="76"/>
+      <c r="C42" s="76"/>
       <c r="D42" s="45" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="G42" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="H42" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="F42" s="8" t="s">
+      <c r="I42" s="48" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J42" s="9"/>
       <c r="K42" s="10"/>
     </row>
     <row r="43" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C43" s="71"/>
+      <c r="A43" s="76" t="s">
+        <v>108</v>
+      </c>
+      <c r="B43" s="76"/>
+      <c r="C43" s="76"/>
       <c r="D43" s="45" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="16" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="17" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="9"/>
       <c r="K43" s="10"/>
     </row>
     <row r="44" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C44" s="71"/>
+      <c r="A44" s="76" t="s">
+        <v>111</v>
+      </c>
+      <c r="B44" s="76"/>
+      <c r="C44" s="76"/>
       <c r="D44" s="45" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E44" s="16" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="17" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="9"/>
       <c r="K44" s="10"/>
     </row>
     <row r="45" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C45" s="71"/>
+      <c r="A45" s="76" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" s="76"/>
+      <c r="C45" s="76"/>
       <c r="D45" s="45" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E45" s="16" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="G45" s="17" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="9"/>
       <c r="K45" s="10"/>
     </row>
     <row r="46" spans="1:11" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C46" s="71"/>
+      <c r="A46" s="76" t="s">
+        <v>115</v>
+      </c>
+      <c r="B46" s="76"/>
+      <c r="C46" s="76"/>
       <c r="D46" s="45" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E46" s="16" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G46" s="17" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="10"/>
     </row>
     <row r="47" spans="1:11" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C47" s="71"/>
+      <c r="A47" s="76" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" s="76"/>
+      <c r="C47" s="76"/>
       <c r="D47" s="45" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="16" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-      <c r="G47" s="70"/>
+        <v>118</v>
+      </c>
+      <c r="F47" s="101" t="s">
+        <v>187</v>
+      </c>
+      <c r="G47" s="102"/>
       <c r="H47" s="7" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="9"/>
       <c r="K47" s="10"/>
     </row>
     <row r="48" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C48" s="71"/>
+      <c r="A48" s="76" t="s">
+        <v>119</v>
+      </c>
+      <c r="B48" s="76"/>
+      <c r="C48" s="76"/>
       <c r="D48" s="45" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E48" s="16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G48" s="17" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="9"/>
       <c r="K48" s="10"/>
     </row>
     <row r="49" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="71" t="s">
-[...3 lines deleted...]
-      <c r="C49" s="71"/>
+      <c r="A49" s="76" t="s">
+        <v>121</v>
+      </c>
+      <c r="B49" s="76"/>
+      <c r="C49" s="76"/>
       <c r="D49" s="45" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="16" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="17" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="9"/>
       <c r="K49" s="66"/>
     </row>
     <row r="50" spans="1:11" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="72" t="s">
-[...3 lines deleted...]
-      <c r="C50" s="72"/>
+      <c r="A50" s="103" t="s">
+        <v>124</v>
+      </c>
+      <c r="B50" s="103"/>
+      <c r="C50" s="103"/>
       <c r="D50" s="49" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="41" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F50" s="42" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="G50" s="43" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="H50" s="64" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="I50" s="22"/>
       <c r="J50" s="65"/>
       <c r="K50" s="65"/>
     </row>
     <row r="51" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1048576" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="57">
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A39:C39"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="A27:C27"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="I37:K37"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="D5:D7"/>
     <mergeCell ref="I5:I7"/>
     <mergeCell ref="J5:J7"/>
     <mergeCell ref="K5:K7"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A5:B7"/>
     <mergeCell ref="F5:G7"/>
-    <mergeCell ref="H5:H7"/>
-[...39 lines deleted...]
-    <mergeCell ref="A45:C45"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="I12" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="I13" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="I14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="I41" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="I42" r:id="rId5" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.39370078740157483" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="59" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId6"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="5" manualBreakCount="5">
     <brk id="7" max="10" man="1"/>
     <brk id="15" max="10" man="1"/>
     <brk id="22" max="10" man="1"/>
     <brk id="29" max="10" man="1"/>
     <brk id="35" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:AMJ1048575"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="106" zoomScaleNormal="100" zoomScaleSheetLayoutView="106" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C32" sqref="C32"/>
+      <pane ySplit="2" topLeftCell="A29" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A34" sqref="A34:E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5" style="53" customWidth="1"/>
     <col min="2" max="2" width="16.625" style="53" customWidth="1"/>
     <col min="3" max="3" width="16.125" style="53" customWidth="1"/>
     <col min="4" max="4" width="21.5" style="53" customWidth="1"/>
     <col min="5" max="5" width="13.5" style="53" customWidth="1"/>
     <col min="6" max="6" width="18.625" style="53" customWidth="1"/>
     <col min="7" max="1023" width="8.5" style="53" customWidth="1"/>
     <col min="1024" max="1024" width="9" style="53" customWidth="1"/>
     <col min="1025" max="1025" width="8" style="54" customWidth="1"/>
     <col min="1026" max="16384" width="8" style="54"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1024" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="102"/>
+      <c r="A1" s="104" t="s">
+        <v>164</v>
+      </c>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
     </row>
     <row r="2" spans="1:1024" s="57" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="55" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B2" s="55" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C2" s="55" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D2" s="55" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="55" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="F2" s="56"/>
       <c r="G2" s="56"/>
       <c r="H2" s="56"/>
       <c r="I2" s="56"/>
       <c r="J2" s="56"/>
       <c r="K2" s="56"/>
       <c r="L2" s="56"/>
       <c r="M2" s="56"/>
       <c r="N2" s="56"/>
       <c r="O2" s="56"/>
       <c r="P2" s="56"/>
       <c r="Q2" s="56"/>
       <c r="R2" s="56"/>
       <c r="S2" s="56"/>
       <c r="T2" s="56"/>
       <c r="U2" s="56"/>
       <c r="V2" s="56"/>
       <c r="W2" s="56"/>
       <c r="X2" s="56"/>
       <c r="Y2" s="56"/>
       <c r="Z2" s="56"/>
       <c r="AA2" s="56"/>
       <c r="AB2" s="56"/>
       <c r="AC2" s="56"/>
@@ -8545,749 +8593,749 @@
       <c r="ALR2" s="56"/>
       <c r="ALS2" s="56"/>
       <c r="ALT2" s="56"/>
       <c r="ALU2" s="56"/>
       <c r="ALV2" s="56"/>
       <c r="ALW2" s="56"/>
       <c r="ALX2" s="56"/>
       <c r="ALY2" s="56"/>
       <c r="ALZ2" s="56"/>
       <c r="AMA2" s="56"/>
       <c r="AMB2" s="56"/>
       <c r="AMC2" s="56"/>
       <c r="AMD2" s="56"/>
       <c r="AME2" s="56"/>
       <c r="AMF2" s="56"/>
       <c r="AMG2" s="56"/>
       <c r="AMH2" s="56"/>
       <c r="AMI2" s="56"/>
       <c r="AMJ2" s="56"/>
     </row>
     <row r="3" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="58">
         <v>2301</v>
       </c>
       <c r="B3" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C3" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E3" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="58">
         <v>2302</v>
       </c>
       <c r="B4" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C4" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E4" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="58">
         <v>2303</v>
       </c>
       <c r="B5" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C5" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E5" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="58">
         <v>2304</v>
       </c>
       <c r="B6" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C6" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E6" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="58">
         <v>2306</v>
       </c>
       <c r="B7" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C7" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E7" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="58">
         <v>2307</v>
       </c>
       <c r="B8" s="58" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C8" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="58">
         <v>2401</v>
       </c>
       <c r="B9" s="58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C9" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E9" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="59">
         <v>2402</v>
       </c>
       <c r="B10" s="58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C10" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E10" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="59">
         <v>2403</v>
       </c>
       <c r="B11" s="58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C11" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E11" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="59">
         <v>2404</v>
       </c>
       <c r="B12" s="58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C12" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E12" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="59">
         <v>2407</v>
       </c>
       <c r="B13" s="58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C13" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E13" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="59">
         <v>2506</v>
       </c>
       <c r="B14" s="58" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C14" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E14" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="59">
         <v>2603</v>
       </c>
       <c r="B15" s="58" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C15" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E15" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="59">
         <v>2604</v>
       </c>
       <c r="B16" s="58" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C16" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="58" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="E16" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="59">
         <v>2701</v>
       </c>
       <c r="B17" s="58" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C17" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E17" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="59">
         <v>2702</v>
       </c>
       <c r="B18" s="58" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C18" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E18" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="59">
         <v>2703</v>
       </c>
       <c r="B19" s="58" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C19" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E19" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="59">
         <v>2704</v>
       </c>
       <c r="B20" s="58" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C20" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E20" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="59">
         <v>2705</v>
       </c>
       <c r="B21" s="58" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C21" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E21" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="58">
         <v>4419</v>
       </c>
       <c r="B22" s="58" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C22" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="58" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E22" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="58" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B23" s="58" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C23" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="58" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E23" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="58">
         <v>4503</v>
       </c>
       <c r="B24" s="58" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C24" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="58" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="E24" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="58">
         <v>4504</v>
       </c>
       <c r="B25" s="58" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C25" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="58" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="E25" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="58">
         <v>3411</v>
       </c>
       <c r="B26" s="58" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C26" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="58" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E26" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="58">
         <v>3412</v>
       </c>
       <c r="B27" s="58" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C27" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="58" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E27" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="58">
         <v>3413</v>
       </c>
       <c r="B28" s="58" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C28" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="58" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E28" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="58">
         <v>3414</v>
       </c>
       <c r="B29" s="58" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C29" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="58" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E29" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="58">
         <v>3415</v>
       </c>
       <c r="B30" s="58" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C30" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="58" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E30" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="58">
         <v>3806</v>
       </c>
       <c r="B31" s="58" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C31" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="58" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="58">
         <v>3811</v>
       </c>
       <c r="B32" s="58" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C32" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="58" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E32" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="58">
         <v>7501</v>
       </c>
       <c r="B33" s="58" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C33" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E33" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="58">
         <v>7601</v>
       </c>
       <c r="B34" s="58" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C34" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E34" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="58">
         <v>7602</v>
       </c>
       <c r="B35" s="58" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C35" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E35" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="58">
         <v>7605</v>
       </c>
       <c r="B36" s="58" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C36" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E36" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="58">
         <v>7606</v>
       </c>
       <c r="B37" s="58" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C37" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="59" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E37" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="58" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B38" s="58" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C38" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="58" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E38" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="58" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B39" s="58" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C39" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="58" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E39" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="58" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B40" s="58" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C40" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="58" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E40" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="58" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B41" s="58" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C41" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E41" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="58" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B42" s="58" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C42" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="58" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E42" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:1024" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="102" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="102"/>
+      <c r="A43" s="104" t="s">
+        <v>160</v>
+      </c>
+      <c r="B43" s="104"/>
+      <c r="C43" s="104"/>
+      <c r="D43" s="104"/>
+      <c r="E43" s="104"/>
     </row>
     <row r="44" spans="1:1024" s="57" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="55" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B44" s="55" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C44" s="55" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D44" s="55" t="s">
         <v>6</v>
       </c>
       <c r="E44" s="55" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="F44" s="56"/>
       <c r="G44" s="56"/>
       <c r="H44" s="56"/>
       <c r="I44" s="56"/>
       <c r="J44" s="56"/>
       <c r="K44" s="56"/>
       <c r="L44" s="56"/>
       <c r="M44" s="56"/>
       <c r="N44" s="56"/>
       <c r="O44" s="56"/>
       <c r="P44" s="56"/>
       <c r="Q44" s="56"/>
       <c r="R44" s="56"/>
       <c r="S44" s="56"/>
       <c r="T44" s="56"/>
       <c r="U44" s="56"/>
       <c r="V44" s="56"/>
       <c r="W44" s="56"/>
       <c r="X44" s="56"/>
       <c r="Y44" s="56"/>
       <c r="Z44" s="56"/>
       <c r="AA44" s="56"/>
       <c r="AB44" s="56"/>
       <c r="AC44" s="56"/>
@@ -10270,91 +10318,91 @@
       <c r="ALR44" s="56"/>
       <c r="ALS44" s="56"/>
       <c r="ALT44" s="56"/>
       <c r="ALU44" s="56"/>
       <c r="ALV44" s="56"/>
       <c r="ALW44" s="56"/>
       <c r="ALX44" s="56"/>
       <c r="ALY44" s="56"/>
       <c r="ALZ44" s="56"/>
       <c r="AMA44" s="56"/>
       <c r="AMB44" s="56"/>
       <c r="AMC44" s="56"/>
       <c r="AMD44" s="56"/>
       <c r="AME44" s="56"/>
       <c r="AMF44" s="56"/>
       <c r="AMG44" s="56"/>
       <c r="AMH44" s="56"/>
       <c r="AMI44" s="56"/>
       <c r="AMJ44" s="56"/>
     </row>
     <row r="45" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="58">
         <v>2801</v>
       </c>
       <c r="B45" s="58" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C45" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="59" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E45" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="58">
         <v>2803</v>
       </c>
       <c r="B46" s="58" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C46" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="59" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E46" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:1024" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="58" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B47" s="58" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C47" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="58" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E47" s="58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1048573" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1048574" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1048575" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A43:E43"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="88" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="4" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>